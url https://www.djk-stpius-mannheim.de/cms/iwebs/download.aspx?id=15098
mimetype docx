--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -1,98 +1,269 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="76C925E2" w14:textId="77777777" w:rsidR="00B90061" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
+    <w:p w14:paraId="2DA33D08" w14:textId="77777777" w:rsidR="00330EC7" w:rsidRDefault="00330EC7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2663B7A1" wp14:editId="56104C2D">
+            <wp:extent cx="1219200" cy="695325"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="40823906" name="Grafik 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1219200" cy="695325"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07A0D5C4" wp14:editId="59236BC2">
+            <wp:extent cx="1078865" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+            <wp:docPr id="720018935" name="Grafik 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1078865" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C925E2" w14:textId="657DFEC2" w:rsidR="00B90061" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>An</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBF457E" w14:textId="47F14914" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
+    <w:p w14:paraId="1DBF457E" w14:textId="643BF605" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DJK</w:t>
       </w:r>
-      <w:r w:rsidR="00AE685D">
+      <w:r w:rsidR="00330EC7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">St. Pius </w:t>
       </w:r>
-      <w:r w:rsidR="00AE685D">
+      <w:r w:rsidR="00330EC7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mannheim e.V.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C03771" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seckenheimer</w:t>
       </w:r>
@@ -110,78 +281,60 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>68163 Mannheim</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDE3A0A" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E656B7A" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
-[...26 lines deleted...]
-    <w:p w14:paraId="5B648AAB" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
+    <w:p w14:paraId="5FE101D6" w14:textId="77777777" w:rsidR="00330EC7" w:rsidRDefault="00330EC7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B648AAB" w14:textId="6A692C9A" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kündigung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B289E35" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
@@ -321,159 +474,182 @@
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(Anschrift in Druckschrift)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43955838" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EDB11B1" w14:textId="77777777" w:rsidR="009120A4" w:rsidRDefault="009120A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14F706B4" w14:textId="4F10AF77" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00234F1C">
+    <w:p w14:paraId="7C0E01ED" w14:textId="77777777" w:rsidR="0089591F" w:rsidRDefault="00234F1C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00796E30" w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eine</w:t>
       </w:r>
       <w:r w:rsidR="004D0DCC" w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/unsere</w:t>
       </w:r>
       <w:r w:rsidR="00796E30" w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mitgliedschaft i</w:t>
       </w:r>
-      <w:r w:rsidR="00AE685D">
-[...5 lines deleted...]
-        <w:t>n</w:t>
+      <w:r w:rsidR="00330EC7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n DJK St. Pius Mannheim e.V.</w:t>
       </w:r>
       <w:r w:rsidR="00796E30" w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DJK</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> zum </w:t>
       </w:r>
-      <w:r w:rsidR="00AE685D">
-[...19 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0089591F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jahresende.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F706B4" w14:textId="5D0C57A0" w:rsidR="00796E30" w:rsidRPr="0089591F" w:rsidRDefault="0089591F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089591F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Info des Vereins: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089591F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spätester Eingang der Kündigung </w:t>
+      </w:r>
+      <w:r w:rsidR="0034412C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15. Nov.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089591F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C8E7D4" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="0089591F" w:rsidRDefault="00796E30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D7291F3" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F55DA44" w14:textId="77777777" w:rsidR="00796E30" w:rsidRPr="009120A4" w:rsidRDefault="00796E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -576,68 +752,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Datum und Unterschrift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8337F7" w14:textId="77777777" w:rsidR="004D0DCC" w:rsidRPr="009120A4" w:rsidRDefault="004D0DCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52ABF536" w14:textId="77777777" w:rsidR="004D0DCC" w:rsidRPr="009120A4" w:rsidRDefault="004D0DCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37278FDF" w14:textId="77777777" w:rsidR="004D0DCC" w:rsidRPr="009120A4" w:rsidRDefault="004D0DCC">
-      <w:pPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="1D295FA2" w14:textId="77777777" w:rsidR="004D0DCC" w:rsidRPr="009120A4" w:rsidRDefault="004D0DCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F8FB1B4" w14:textId="53A87C9A" w:rsidR="004D0DCC" w:rsidRPr="00A8720C" w:rsidRDefault="004D0DCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8720C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -788,128 +946,135 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009120A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00796E30" w:rsidRPr="009120A4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00796E30"/>
+    <w:rsid w:val="000C6828"/>
     <w:rsid w:val="00234F1C"/>
+    <w:rsid w:val="00330EC7"/>
+    <w:rsid w:val="0034412C"/>
     <w:rsid w:val="00353C2A"/>
+    <w:rsid w:val="00374BBF"/>
     <w:rsid w:val="004D0DCC"/>
+    <w:rsid w:val="006036FB"/>
     <w:rsid w:val="00796E30"/>
     <w:rsid w:val="00832545"/>
+    <w:rsid w:val="0089591F"/>
     <w:rsid w:val="009120A4"/>
+    <w:rsid w:val="00951365"/>
     <w:rsid w:val="00A8720C"/>
-    <w:rsid w:val="00AE685D"/>
     <w:rsid w:val="00B90061"/>
+    <w:rsid w:val="00BA061A"/>
     <w:rsid w:val="00DC6A8C"/>
     <w:rsid w:val="00F7675A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="29DF3FCA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8E242A5B-1644-479E-95BC-E8F4D867214E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1308,58 +1473,58 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatvorlage1">
     <w:name w:val="Formatvorlage1"/>
     <w:basedOn w:val="KeinLeerraum"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00DC6A8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KeinLeerraum">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DC6A8C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1584,54 +1749,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>93</Words>
-  <Characters>587</Characters>
+  <Words>102</Words>
+  <Characters>645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>679</CharactersWithSpaces>
+  <CharactersWithSpaces>746</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Elsbeth Beha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>